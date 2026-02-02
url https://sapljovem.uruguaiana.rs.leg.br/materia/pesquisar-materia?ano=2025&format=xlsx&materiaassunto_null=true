--- v0 (2025-12-06)
+++ v1 (2026-02-02)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="450" uniqueCount="202">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="513" uniqueCount="229">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -444,51 +444,51 @@
   <si>
     <t>https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/44/requerimento_no_13_amanda.doc</t>
   </si>
   <si>
     <t>Requer asfaltamento da Rua Padre Anchieta no bairro Ipiranga</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/45/requerimento_no_14_amanda_souza.docx</t>
   </si>
   <si>
     <t>Reuqer asfaltamento na rua Salgado filho, Alexandre Zachia</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/54/requerimento_no_15_giovana.doc</t>
   </si>
   <si>
-    <t>Requer cumprimento da Lei Municipal nº 5.619/2021 – Fixação obrigatória de cartazes informativos</t>
+    <t>Requer cumprimento da Lei Municipal nº 5.619/2023 – Fixação obrigatória de cartazes informativos</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/11/p._l._o_no_1-2025.docx</t>
   </si>
   <si>
     <t>Dispõe sobre a criação e a implementação de Espaços de Infraestrutura destinados à Bio-Aprendizagem nas Redes de Ensino Municipais de Uruguaiana.</t>
   </si>
   <si>
     <t>Malu Sampaio</t>
   </si>
   <si>
     <t>https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/12/p._l._o_no_2-2025.docx</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade do ensino de Libras nas escolas municipais de Uruguaiana.</t>
   </si>
   <si>
     <t>Antonio Barreto</t>
   </si>
@@ -537,50 +537,53 @@
   <si>
     <t>https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/32/p.l.o_no_8-2025_-_luis_bernardo.docx</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração do nome da Escola Municipal de Ensino Fundamental Humberto de Alencar Castelo Branco, localizada no município de Uruguaiana.</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>OFI</t>
   </si>
   <si>
     <t>Ofício</t>
   </si>
   <si>
     <t>https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/28/oficio_retirada_p._l._o_no_5-2025_-_giovana_osto.docx</t>
   </si>
   <si>
     <t>Solicita a retirada do Projeto de Lei Ordinária nº 05/2025.</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
+    <t>https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/34/oficio_retirada_p._l._o_no_1-2025.docx</t>
+  </si>
+  <si>
     <t>Solicita retirada PL nº 01/2025</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/36/ofjp3_25_2.pdf</t>
   </si>
   <si>
     <t>Encaminha C.I. nº 1125/2025 da SEDES, em resposta ao Ofício nº 5/2025/DLEG da Jovem Parlamentar Vitória</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/37/ofjp4_25.pdf</t>
   </si>
   <si>
     <t>Encaminha C.I. nº 1126/2025 da SEDES, em resposta ao Ofício nº 1/2025/DLEG da Jovem Parlamentar Vitória</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/38/ofjp5_25.pdf</t>
@@ -600,51 +603,129 @@
   <si>
     <t>40</t>
   </si>
   <si>
     <t>https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/40/oficio_retirada_p._l._o_no_2-2025.docx</t>
   </si>
   <si>
     <t>Jovem Parlamentar Malu Sampaio solicita retirada PL nº 2/2025</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/41/oficio_retirada_p._l._o_no_7-2025.docx</t>
   </si>
   <si>
     <t>Jovens Parlamentares Verlei Gaúcho e Christian Lopes solicitam retirada PL nº 07</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/56/ofjp9_25.pdf</t>
   </si>
   <si>
-    <t>Encaminha C.I. nº 1228/2025 da SEMUT, em resposta ao Ofício nº 15/2025/DLEG da Jovem Parlamentar Antônio</t>
+    <t>Encaminha C.I. nº 1228/2025 da SEMUT, em resposta ao Ofício nº 15/2025/DLEG do Jovem Parlamentar Antônio</t>
+  </si>
+  <si>
+    <t>57</t>
+  </si>
+  <si>
+    <t>https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/57/ofjv10_25.pdf</t>
+  </si>
+  <si>
+    <t>Encaminha C.I. nº 1239/2025 da SESTRA, em resposta ao Ofício nº 16/2025/DLEG do Jovem Parlamentar Antônio</t>
+  </si>
+  <si>
+    <t>58</t>
+  </si>
+  <si>
+    <t>https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/58/ofjv11_25.pdf</t>
+  </si>
+  <si>
+    <t>59</t>
+  </si>
+  <si>
+    <t>https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/59/ofjv12_25.pdf</t>
+  </si>
+  <si>
+    <t>Encaminha C.I. nº 607/2025 da SEMUT, em resposta ao Ofício nº 19/2025/DLEG do Jovem Parlamentar Antônio</t>
+  </si>
+  <si>
+    <t>60</t>
+  </si>
+  <si>
+    <t>https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/60/ofjv13_25.pdf</t>
+  </si>
+  <si>
+    <t>Encaminha C.I. nº 174/2025 da SEMUT, em resposta ao Ofício nº 12/2025/DLEG da Jovem Parlamentar Maria</t>
+  </si>
+  <si>
+    <t>61</t>
+  </si>
+  <si>
+    <t>https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/61/ofjp14_25.pdf</t>
+  </si>
+  <si>
+    <t>Encaminha C.I. nº 379/2025 da SEMED, em resposta ao Ofício nº 18/2025/DLEG do Jovem Parlamentar Antônio</t>
+  </si>
+  <si>
+    <t>62</t>
+  </si>
+  <si>
+    <t>https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/62/ofjp15_25.pdf</t>
+  </si>
+  <si>
+    <t>Encaminha C.I. nº 381/2025 da SEMED, em resposta ao Ofício nº 17/2025/DLEG do Jovem Parlamentar Antônio</t>
+  </si>
+  <si>
+    <t>63</t>
+  </si>
+  <si>
+    <t>https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/63/ofjp16_25.pdf</t>
+  </si>
+  <si>
+    <t>Encaminha C.I. nº 380/2025 da SEMED, em resposta ao Ofício nº 16/2025/DLEG do Jovem Parlamentar Antônio</t>
+  </si>
+  <si>
+    <t>64</t>
+  </si>
+  <si>
+    <t>https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/64/ofjp17_25.pdf</t>
+  </si>
+  <si>
+    <t>Encaminha C.I. nº 175/2025 da SEINFRA, em resposta ao Ofício nº 4/2025/DLEG da Jovem Parlamentar Verley e o Ofício nº 2/2025/DLEG da Jovem Parlamentar Maria</t>
+  </si>
+  <si>
+    <t>65</t>
+  </si>
+  <si>
+    <t>https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/65/of884emeicm_25.pdf</t>
+  </si>
+  <si>
+    <t>EMEI Cecília Meireles encaminha resposta ao Ofício nº23/2025/DLEG. (Jovem Parlamentar)</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>SUBST</t>
   </si>
   <si>
     <t>Substitutivo</t>
   </si>
   <si>
     <t>https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/33/subtitutivo_no_01-2025_ao_plo_no_03.docx</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do programa Empresa Amiga da Juventude AO Projeto de Lei Ordinária nº 3 de 2025.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
@@ -963,56 +1044,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/8/indicacao_no_01_vitoria_s.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/9/indicacao_no_02_ana_leticia.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/10/indicacao_no_03_amanda.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/22/indicacao_no_04_amanda_e_valentine.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/29/indicacao_no_05_luis_bernardo.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/35/indicacao_no_6_maria_antonia.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/46/indicacao_no_07_verlei_gaucho_e_cristian.docx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/53/indicacao_no_8_verlei_gaucho_e_cristian.doc" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/55/indicacao_no_09_giovana.doc" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/5/mocao_no_01_maria_martines.docx" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/6/mocao_no_02_luis_bernardo.docx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/7/mocao_no_3_verlei_g_cristian.docx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/23/mocao_no_04_maria_martines.docx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/24/mocao_no_05_amanda_souza.doc" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/25/mocao_no_06_amanda_souza.doc" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/30/mocao_no_07_-_luis_bernardo.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/31/mocao_no_08_-_luis_bernardo.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/47/mocao_no_9_verlei_g_cristian.docx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/48/mocao_no_10_verlei_g_cristian.docx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/49/mocao_no_11_amanda.docx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/50/mocao_no_12_amanda.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljovem.uruguaiana.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/52/mocao_no_14_verlei_g_cristian.doc" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/1/requerimento_no_1_vitoria_salomao.docx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/2/requerimento_no_2maria_martines.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/3/requerimento_no_3_verlei_g_cristian_l.docx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/4/requerimento_no_4_verlei_g_cristian_l.docx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/16/requerimento_no_5_maria_martines.docx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/17/requerimento_no_6_amanda.docx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/18/requerimento_no_7_amanda.docx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/19/requerimento_no_8_verlei_gaucho_e_cristian_lopes.docx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/20/requerimento_no_9_verlei_gaucho_e_cristian_lopes.docx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/21/requerimento_no_10_verlei_gaucho_e_cristian_lopes.docx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/42/requerimento_no_11_verlei_-_cristian.odt" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/43/requerimento_no_12_amanda.doc" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/44/requerimento_no_13_amanda.doc" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/45/requerimento_no_14_amanda_souza.docx" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/54/requerimento_no_15_giovana.doc" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/11/p._l._o_no_1-2025.docx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/12/p._l._o_no_2-2025.docx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/13/p._l._o_no_3-2025.docx" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/14/p._l._o_no_4-2025.docx" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/15/p._l._o_no_5-2025.docx" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/26/p._l._o_no_6_-2025_-_layla_tumalieh.docx" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/27/p._l._o_no_7_-2025_-_verlei_gaucho_-_cristian_lopes.docx" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/32/p.l.o_no_8-2025_-_luis_bernardo.docx" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/28/oficio_retirada_p._l._o_no_5-2025_-_giovana_osto.docx" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljovem.uruguaiana.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/36/ofjp3_25_2.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/37/ofjp4_25.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/38/ofjp5_25.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/39/oficio_retirada_p._l._o_no_4-2025.docx" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/40/oficio_retirada_p._l._o_no_2-2025.docx" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/41/oficio_retirada_p._l._o_no_7-2025.docx" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/56/ofjp9_25.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/33/subtitutivo_no_01-2025_ao_plo_no_03.docx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/8/indicacao_no_01_vitoria_s.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/9/indicacao_no_02_ana_leticia.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/10/indicacao_no_03_amanda.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/22/indicacao_no_04_amanda_e_valentine.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/29/indicacao_no_05_luis_bernardo.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/35/indicacao_no_6_maria_antonia.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/46/indicacao_no_07_verlei_gaucho_e_cristian.docx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/53/indicacao_no_8_verlei_gaucho_e_cristian.doc" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/55/indicacao_no_09_giovana.doc" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/5/mocao_no_01_maria_martines.docx" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/6/mocao_no_02_luis_bernardo.docx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/7/mocao_no_3_verlei_g_cristian.docx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/23/mocao_no_04_maria_martines.docx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/24/mocao_no_05_amanda_souza.doc" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/25/mocao_no_06_amanda_souza.doc" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/30/mocao_no_07_-_luis_bernardo.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/31/mocao_no_08_-_luis_bernardo.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/47/mocao_no_9_verlei_g_cristian.docx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/48/mocao_no_10_verlei_g_cristian.docx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/49/mocao_no_11_amanda.docx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/50/mocao_no_12_amanda.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljovem.uruguaiana.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/52/mocao_no_14_verlei_g_cristian.doc" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/1/requerimento_no_1_vitoria_salomao.docx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/2/requerimento_no_2maria_martines.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/3/requerimento_no_3_verlei_g_cristian_l.docx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/4/requerimento_no_4_verlei_g_cristian_l.docx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/16/requerimento_no_5_maria_martines.docx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/17/requerimento_no_6_amanda.docx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/18/requerimento_no_7_amanda.docx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/19/requerimento_no_8_verlei_gaucho_e_cristian_lopes.docx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/20/requerimento_no_9_verlei_gaucho_e_cristian_lopes.docx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/21/requerimento_no_10_verlei_gaucho_e_cristian_lopes.docx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/42/requerimento_no_11_verlei_-_cristian.odt" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/43/requerimento_no_12_amanda.doc" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/44/requerimento_no_13_amanda.doc" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/45/requerimento_no_14_amanda_souza.docx" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/54/requerimento_no_15_giovana.doc" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/11/p._l._o_no_1-2025.docx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/12/p._l._o_no_2-2025.docx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/13/p._l._o_no_3-2025.docx" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/14/p._l._o_no_4-2025.docx" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/15/p._l._o_no_5-2025.docx" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/26/p._l._o_no_6_-2025_-_layla_tumalieh.docx" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/27/p._l._o_no_7_-2025_-_verlei_gaucho_-_cristian_lopes.docx" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/32/p.l.o_no_8-2025_-_luis_bernardo.docx" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/28/oficio_retirada_p._l._o_no_5-2025_-_giovana_osto.docx" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/34/oficio_retirada_p._l._o_no_1-2025.docx" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/36/ofjp3_25_2.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/37/ofjp4_25.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/38/ofjp5_25.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/39/oficio_retirada_p._l._o_no_4-2025.docx" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/40/oficio_retirada_p._l._o_no_2-2025.docx" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/41/oficio_retirada_p._l._o_no_7-2025.docx" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/56/ofjp9_25.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/57/ofjv10_25.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/58/ofjv11_25.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/59/ofjv12_25.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/60/ofjv13_25.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/61/ofjp14_25.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/62/ofjp15_25.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/63/ofjp16_25.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/64/ofjp17_25.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/65/of884emeicm_25.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapljovem.uruguaiana.rs.leg.br/media/sapl/public/materialegislativa/2025/33/subtitutivo_no_01-2025_ao_plo_no_03.docx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H57"/>
+  <dimension ref="A1:H66"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="26.7109375" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="130" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -2249,247 +2330,454 @@
       </c>
       <c r="H48" t="s">
         <v>173</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
         <v>174</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
         <v>17</v>
       </c>
       <c r="D49" t="s">
         <v>170</v>
       </c>
       <c r="E49" t="s">
         <v>171</v>
       </c>
       <c r="F49" t="s">
         <v>38</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>94</v>
+        <v>175</v>
       </c>
       <c r="H49" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
         <v>22</v>
       </c>
       <c r="D50" t="s">
         <v>170</v>
       </c>
       <c r="E50" t="s">
         <v>171</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="H50" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
         <v>27</v>
       </c>
       <c r="D51" t="s">
         <v>170</v>
       </c>
       <c r="E51" t="s">
         <v>171</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="H51" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
         <v>32</v>
       </c>
       <c r="D52" t="s">
         <v>170</v>
       </c>
       <c r="E52" t="s">
         <v>171</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="H52" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
         <v>37</v>
       </c>
       <c r="D53" t="s">
         <v>170</v>
       </c>
       <c r="E53" t="s">
         <v>171</v>
       </c>
       <c r="F53" t="s">
         <v>33</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="H53" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
         <v>42</v>
       </c>
       <c r="D54" t="s">
         <v>170</v>
       </c>
       <c r="E54" t="s">
         <v>171</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="H54" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
         <v>8</v>
       </c>
       <c r="D55" t="s">
         <v>170</v>
       </c>
       <c r="E55" t="s">
         <v>171</v>
       </c>
       <c r="F55" t="s">
         <v>43</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="H55" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
         <v>16</v>
       </c>
       <c r="D56" t="s">
         <v>170</v>
       </c>
       <c r="E56" t="s">
         <v>171</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="H56" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
+        <v>21</v>
+      </c>
+      <c r="D57" t="s">
+        <v>170</v>
+      </c>
+      <c r="E57" t="s">
+        <v>171</v>
+      </c>
+      <c r="G57" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="H57" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="58" spans="1:8">
+      <c r="A58" t="s">
+        <v>201</v>
+      </c>
+      <c r="B58" t="s">
+        <v>9</v>
+      </c>
+      <c r="C58" t="s">
+        <v>85</v>
+      </c>
+      <c r="D58" t="s">
+        <v>170</v>
+      </c>
+      <c r="E58" t="s">
+        <v>171</v>
+      </c>
+      <c r="G58" s="1" t="s">
+        <v>202</v>
+      </c>
+      <c r="H58" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="59" spans="1:8">
+      <c r="A59" t="s">
+        <v>203</v>
+      </c>
+      <c r="B59" t="s">
+        <v>9</v>
+      </c>
+      <c r="C59" t="s">
+        <v>89</v>
+      </c>
+      <c r="D59" t="s">
+        <v>170</v>
+      </c>
+      <c r="E59" t="s">
+        <v>171</v>
+      </c>
+      <c r="G59" s="1" t="s">
+        <v>204</v>
+      </c>
+      <c r="H59" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="60" spans="1:8">
+      <c r="A60" t="s">
+        <v>206</v>
+      </c>
+      <c r="B60" t="s">
+        <v>9</v>
+      </c>
+      <c r="C60" t="s">
+        <v>93</v>
+      </c>
+      <c r="D60" t="s">
+        <v>170</v>
+      </c>
+      <c r="E60" t="s">
+        <v>171</v>
+      </c>
+      <c r="G60" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="H60" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="61" spans="1:8">
+      <c r="A61" t="s">
+        <v>209</v>
+      </c>
+      <c r="B61" t="s">
+        <v>9</v>
+      </c>
+      <c r="C61" t="s">
+        <v>97</v>
+      </c>
+      <c r="D61" t="s">
+        <v>170</v>
+      </c>
+      <c r="E61" t="s">
+        <v>171</v>
+      </c>
+      <c r="G61" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="H61" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="62" spans="1:8">
+      <c r="A62" t="s">
+        <v>212</v>
+      </c>
+      <c r="B62" t="s">
+        <v>9</v>
+      </c>
+      <c r="C62" t="s">
+        <v>142</v>
+      </c>
+      <c r="D62" t="s">
+        <v>170</v>
+      </c>
+      <c r="E62" t="s">
+        <v>171</v>
+      </c>
+      <c r="G62" s="1" t="s">
+        <v>213</v>
+      </c>
+      <c r="H62" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="63" spans="1:8">
+      <c r="A63" t="s">
+        <v>215</v>
+      </c>
+      <c r="B63" t="s">
+        <v>9</v>
+      </c>
+      <c r="C63" t="s">
+        <v>110</v>
+      </c>
+      <c r="D63" t="s">
+        <v>170</v>
+      </c>
+      <c r="E63" t="s">
+        <v>171</v>
+      </c>
+      <c r="G63" s="1" t="s">
+        <v>216</v>
+      </c>
+      <c r="H63" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="64" spans="1:8">
+      <c r="A64" t="s">
+        <v>218</v>
+      </c>
+      <c r="B64" t="s">
+        <v>9</v>
+      </c>
+      <c r="C64" t="s">
+        <v>113</v>
+      </c>
+      <c r="D64" t="s">
+        <v>170</v>
+      </c>
+      <c r="E64" t="s">
+        <v>171</v>
+      </c>
+      <c r="G64" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="H64" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="65" spans="1:8">
+      <c r="A65" t="s">
+        <v>221</v>
+      </c>
+      <c r="B65" t="s">
+        <v>9</v>
+      </c>
+      <c r="C65" t="s">
+        <v>116</v>
+      </c>
+      <c r="D65" t="s">
+        <v>170</v>
+      </c>
+      <c r="E65" t="s">
+        <v>171</v>
+      </c>
+      <c r="G65" s="1" t="s">
+        <v>222</v>
+      </c>
+      <c r="H65" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="66" spans="1:8">
+      <c r="A66" t="s">
+        <v>224</v>
+      </c>
+      <c r="B66" t="s">
+        <v>9</v>
+      </c>
+      <c r="C66" t="s">
         <v>10</v>
       </c>
-      <c r="D57" t="s">
-[...5 lines deleted...]
-      <c r="F57" t="s">
+      <c r="D66" t="s">
+        <v>225</v>
+      </c>
+      <c r="E66" t="s">
+        <v>226</v>
+      </c>
+      <c r="F66" t="s">
         <v>152</v>
       </c>
-      <c r="G57" s="1" t="s">
-[...3 lines deleted...]
-        <v>201</v>
+      <c r="G66" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="H66" t="s">
+        <v>228</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -2506,50 +2794,59 @@
     <hyperlink ref="G33" r:id="rId32"/>
     <hyperlink ref="G34" r:id="rId33"/>
     <hyperlink ref="G35" r:id="rId34"/>
     <hyperlink ref="G36" r:id="rId35"/>
     <hyperlink ref="G37" r:id="rId36"/>
     <hyperlink ref="G38" r:id="rId37"/>
     <hyperlink ref="G39" r:id="rId38"/>
     <hyperlink ref="G40" r:id="rId39"/>
     <hyperlink ref="G41" r:id="rId40"/>
     <hyperlink ref="G42" r:id="rId41"/>
     <hyperlink ref="G43" r:id="rId42"/>
     <hyperlink ref="G44" r:id="rId43"/>
     <hyperlink ref="G45" r:id="rId44"/>
     <hyperlink ref="G46" r:id="rId45"/>
     <hyperlink ref="G47" r:id="rId46"/>
     <hyperlink ref="G48" r:id="rId47"/>
     <hyperlink ref="G49" r:id="rId48"/>
     <hyperlink ref="G50" r:id="rId49"/>
     <hyperlink ref="G51" r:id="rId50"/>
     <hyperlink ref="G52" r:id="rId51"/>
     <hyperlink ref="G53" r:id="rId52"/>
     <hyperlink ref="G54" r:id="rId53"/>
     <hyperlink ref="G55" r:id="rId54"/>
     <hyperlink ref="G56" r:id="rId55"/>
     <hyperlink ref="G57" r:id="rId56"/>
+    <hyperlink ref="G58" r:id="rId57"/>
+    <hyperlink ref="G59" r:id="rId58"/>
+    <hyperlink ref="G60" r:id="rId59"/>
+    <hyperlink ref="G61" r:id="rId60"/>
+    <hyperlink ref="G62" r:id="rId61"/>
+    <hyperlink ref="G63" r:id="rId62"/>
+    <hyperlink ref="G64" r:id="rId63"/>
+    <hyperlink ref="G65" r:id="rId64"/>
+    <hyperlink ref="G66" r:id="rId65"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>