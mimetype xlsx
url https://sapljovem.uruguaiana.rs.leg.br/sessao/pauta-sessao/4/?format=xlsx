--- v0 (2025-12-05)
+++ v1 (2026-02-02)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="126" uniqueCount="67">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="126" uniqueCount="68">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Período</t>
   </si>
   <si>
     <t>Matéria</t>
   </si>
   <si>
     <t>Autor</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>Situação</t>
   </si>
   <si>
     <t>ordem dia</t>
   </si>
   <si>
     <t>Requerimento nº 11 de 2025</t>
   </si>
   <si>
@@ -72,51 +72,51 @@
   <si>
     <t>Amanda</t>
   </si>
   <si>
     <t>Requer asfaltamento da rua Urbano Vilela, próxima a segunda igreja localizada no bairro Ipiranga</t>
   </si>
   <si>
     <t>Requerimento nº 13 de 2025</t>
   </si>
   <si>
     <t>Requer asfaltamento da Rua Padre Anchieta no bairro Ipiranga</t>
   </si>
   <si>
     <t>Requerimento nº 14 de 2025</t>
   </si>
   <si>
     <t>Reuqer asfaltamento na rua Salgado filho, Alexandre Zachia</t>
   </si>
   <si>
     <t>Requerimento nº 15 de 2025</t>
   </si>
   <si>
     <t>Giovana Osto</t>
   </si>
   <si>
-    <t>Requer cumprimento da Lei Municipal nº 5.619/2021 – Fixação obrigatória de cartazes informativos</t>
+    <t>Requer cumprimento da Lei Municipal nº 5.619/2023 – Fixação obrigatória de cartazes informativos</t>
   </si>
   <si>
     <t>Indicação nº 6 de 2025</t>
   </si>
   <si>
     <t>Maria Antônia Bach</t>
   </si>
   <si>
     <t>Indica a criação e implementação de Espaços de Infraestrutura destinados à Eco pedagogia nas Redes de Ensino Municipais de Uruguaiana.</t>
   </si>
   <si>
     <t>Indicação nº 7 de 2025</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a criação de um programa de Leitura com projetos relacionados a feira do livro.</t>
   </si>
   <si>
     <t>Indicação nº 8 de 2025</t>
   </si>
   <si>
     <t>Indica implementação de um programa municipal de plantio de árvores visando a redução das ilhas de calor e a melhoria da qualidade ambiental em Uruguaiana.</t>
   </si>
   <si>
     <t>Indicação nº 9 de 2025</t>
   </si>
@@ -193,50 +193,53 @@
     <t>expediente</t>
   </si>
   <si>
     <t>Ofício nº 2 de 2025</t>
   </si>
   <si>
     <t>Solicita retirada PL nº 01/2025</t>
   </si>
   <si>
     <t>Ofício nº 6 de 2025</t>
   </si>
   <si>
     <t>Solicita retirada PL nº 4</t>
   </si>
   <si>
     <t>Ofício nº 7 de 2025</t>
   </si>
   <si>
     <t>Jovem Parlamentar Malu Sampaio solicita retirada PL nº 2/2025</t>
   </si>
   <si>
     <t>Ofício nº 8 de 2025</t>
   </si>
   <si>
     <t>Jovens Parlamentares Verlei Gaúcho e Christian Lopes solicitam retirada PL nº 07</t>
+  </si>
+  <si>
+    <t>Não informada</t>
   </si>
   <si>
     <t>Ofício nº 3 de 2025</t>
   </si>
   <si>
     <t>Encaminha C.I. nº 1125/2025 da SEDES, em resposta ao Ofício nº 5/2025/DLEG da Jovem Parlamentar Vitória</t>
   </si>
   <si>
     <t>Ofício nº 4 de 2025</t>
   </si>
   <si>
     <t>Encaminha C.I. nº 1126/2025 da SEDES, em resposta ao Ofício nº 1/2025/DLEG da Jovem Parlamentar Vitória</t>
   </si>
   <si>
     <t>Ofício nº 5 de 2025</t>
   </si>
   <si>
     <t>Encaminha C.I. nº 200/2025 da SEMUT, em resposta ao Ofício nº 7/2025/DLEG da Jovem Parlamentar Amanda</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
@@ -1011,99 +1014,99 @@
       </c>
       <c r="E22" t="s">
         <v>58</v>
       </c>
       <c r="F22" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23">
         <v>41</v>
       </c>
       <c r="B23" t="s">
         <v>52</v>
       </c>
       <c r="C23" t="s">
         <v>59</v>
       </c>
       <c r="D23" t="s">
         <v>8</v>
       </c>
       <c r="E23" t="s">
         <v>60</v>
       </c>
       <c r="F23" t="s">
-        <v>45</v>
+        <v>61</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24">
         <v>36</v>
       </c>
       <c r="B24" t="s">
         <v>52</v>
       </c>
       <c r="C24" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="E24" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="F24" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25">
         <v>37</v>
       </c>
       <c r="B25" t="s">
         <v>52</v>
       </c>
       <c r="C25" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="E25" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="F25" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26">
         <v>38</v>
       </c>
       <c r="B26" t="s">
         <v>52</v>
       </c>
       <c r="C26" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="E26" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="F26" t="s">
         <v>45</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>